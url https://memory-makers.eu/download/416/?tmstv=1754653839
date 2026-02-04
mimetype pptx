--- v0 (2025-11-01)
+++ v1 (2026-02-04)
@@ -367,51 +367,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{FF378577-8B88-EE4C-8516-6703E5E700B5}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>7/22/2025</a:t>
+              <a:t>11/10/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{294DC253-90BB-9447-B456-77404052F1D6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
@@ -549,51 +549,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{69E1DF58-7EE3-C448-983E-EBFA8BC3FAB5}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>7/22/2025</a:t>
+              <a:t>11/10/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1143000"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -6399,93 +6399,93 @@
           <a:blip r:embed="rId2"/>
           <a:srcRect l="10344" r="10344"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr/>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Text Placeholder 9">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6F72492F-7428-EFB2-A1B6-E10AD6C78686}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="62"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5714900" y="3487678"/>
-            <a:ext cx="3465473" cy="671785"/>
+            <a:ext cx="4875776" cy="671785"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US"/>
-              <a:t> WELCOME TO </a:t>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>WHY IS THE HISTORY </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="Text Placeholder 10">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A7874223-7914-7BBA-68A1-EEA815BE2DE2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="63"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5714900" y="4269998"/>
-            <a:ext cx="3255679" cy="671785"/>
+            <a:off x="5714900" y="4140329"/>
+            <a:ext cx="4875776" cy="1015257"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US"/>
-              <a:t> OUR PROJECT</a:t>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>OF THE HOLOCAUST SO IMPORTANT?</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="111" name="Text Placeholder 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DBD16449-BE83-4DF2-AA44-E9DF81C2EF06}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="16200000">
             <a:off x="-467424" y="4779861"/>
             <a:ext cx="3094226" cy="596287"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
@@ -16011,67 +16011,50 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...15 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101005F02E0EF7D44C04B9FA644DBFF45FF6A" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="206b9469efed5238e3299da57cdc015e">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="876de33e-aaa5-4507-9b92-b84e676ded0d" xmlns:ns3="ef88797d-310b-4d46-ad9c-0c23fa0c8d45" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="281ed500249cd3fe925a7af84a8b56c4" ns2:_="" ns3:_="">
     <xsd:import namespace="876de33e-aaa5-4507-9b92-b84e676ded0d"/>
     <xsd:import namespace="ef88797d-310b-4d46-ad9c-0c23fa0c8d45"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:LastSharedByUser" minOccurs="0"/>
                 <xsd:element ref="ns2:LastSharedByTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -16250,92 +16233,109 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <MediaServiceKeyPoints xmlns="ef88797d-310b-4d46-ad9c-0c23fa0c8d45" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7F83B94A-925B-4414-927F-DFD616E23C34}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="876de33e-aaa5-4507-9b92-b84e676ded0d"/>
     <ds:schemaRef ds:uri="ef88797d-310b-4d46-ad9c-0c23fa0c8d45"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{969AD2B3-D789-4FC7-A14D-89ADA76B73A8}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="ef88797d-310b-4d46-ad9c-0c23fa0c8d45"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B39800E7-4362-4A70-9B48-B5AE1C9F476B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Magazine layout</Template>
   <TotalTime></TotalTime>
-  <Words>515</Words>
+  <Words>519</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
   <Paragraphs>62</Paragraphs>
   <Slides>9</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>